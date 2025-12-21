--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sequence Number</t>
   </si>
   <si>
     <t>Country Code</t>
   </si>
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Unit Amount (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,5563</t>
+    <t>8,8733</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>5,0217</t>
+    <t>5,2078</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
-    <t>10,0435</t>
+    <t>10,4156</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
-    <t>12,6895</t>
+    <t>13,1597</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>11,5886</t>
+    <t>12,018</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>9,464</t>
+    <t>9,8147</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>5,4466</t>
+    <t>5,6485</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
-    <t>16,4172</t>
+    <t>17,0255</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
-    <t>5,2149</t>
+    <t>5,4081</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,2366</t>
+    <t>10,6159</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>13,52</t>
+    <t>14,021</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>7,9189</t>
+    <t>8,2123</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
-    <t>3,0903</t>
+    <t>3,2048</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>10,8933</t>
+    <t>11,2969</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,168</t>
+    <t>12,6189</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,2023</t>
+    <t>11,6174</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
-    <t>14,2926</t>
+    <t>14,8222</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>3,1096</t>
+    <t>3,2248</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,1526</t>
+    <t>4,3065</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Democratic Republic of the Congo</t>
   </si>
   <si>
-    <t>113,9546</t>
+    <t>118,1773</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Congo</t>
   </si>
   <si>
-    <t>7,5326</t>
+    <t>7,8117</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>7,2429</t>
+    <t>7,5113</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Cote d'Ivoire</t>
   </si>
   <si>
-    <t>8,2839</t>
+    <t>8,5909</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
-    <t>6,5669</t>
+    <t>6,8102</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>4,6354</t>
+    <t>4,8072</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>5,9874</t>
+    <t>6,2093</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
-    <t>17,6147</t>
+    <t>18,2674</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>3,4766</t>
+    <t>3,6054</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
-    <t>6,9532</t>
+    <t>7,2108</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>11,9169</t>
+    <t>12,3585</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Djibouti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>3,9015</t>
+    <t>4,0461</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominica</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
-    <t>7,1463</t>
+    <t>7,4111</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
-    <t>16,9966</t>
+    <t>17,6264</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>8,3052</t>
+    <t>8,6129</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>9,8503</t>
+    <t>10,2153</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritrea</t>
   </si>
   <si>
-    <t>10,874</t>
+    <t>11,2769</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>7,7837</t>
+    <t>8,0721</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>9,0777</t>
+    <t>9,4141</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,1898</t>
+    <t>17,8267</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Islands (Malvinas)</t>
   </si>
   <si>
-    <t>10,6229</t>
+    <t>11,0165</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Micronesia, Federated States of</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Islands</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>8,6915</t>
+    <t>9,0135</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>12,5543</t>
+    <t>13,0195</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
-    <t>12,4577</t>
+    <t>12,9194</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Gibraltar</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Greenland</t>
   </si>
   <si>
-    <t>2,3177</t>
+    <t>2,4036</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambia</t>
   </si>
   <si>
-    <t>9,5992</t>
+    <t>9,9549</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
-    <t>15,4515</t>
+    <t>16,024</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,1555</t>
+    <t>18,8282</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Equatorial Guinea</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>7,7257</t>
+    <t>8,012</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
-    <t>15,2776</t>
+    <t>15,8438</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>11,0092</t>
+    <t>11,4171</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>6,1806</t>
+    <t>6,4096</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>8,8846</t>
+    <t>9,2138</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>7,3394</t>
+    <t>7,6114</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
-    <t>13,9063</t>
+    <t>14,4216</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
-    <t>8,0348</t>
+    <t>8,3325</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,3288</t>
+    <t>9,6745</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Comoros</t>
   </si>
   <si>
-    <t>8,8267</t>
+    <t>9,1537</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts and Nevis</t>
   </si>
   <si>
-    <t>11,7817</t>
+    <t>12,2183</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Korea, Democratic People's Republic of</t>
   </si>
   <si>
-    <t>13,4814</t>
+    <t>13,981</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
-    <t>4,056</t>
+    <t>4,2063</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Islands</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,2709</t>
+    <t>9,6144</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>6,76</t>
+    <t>7,0105</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monaco</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
-    <t>5,408</t>
+    <t>5,6084</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagascar</t>
   </si>
   <si>
-    <t>10,4297</t>
+    <t>10,8162</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marshall Islands</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Macedonia, the Former Yugoslav Republic of</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinique</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Mauritania</t>
   </si>
   <si>
-    <t>23,1772</t>
+    <t>24,0361</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>18,3873</t>
+    <t>19,0686</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>4,6741</t>
+    <t>4,8473</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>New Caledonia</t>
   </si>
   <si>
-    <t>22,5398</t>
+    <t>23,3751</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Niger</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
-    <t>3,2834</t>
+    <t>3,4051</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>12,7475</t>
+    <t>13,2198</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>7,2815</t>
+    <t>7,5513</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>17,3829</t>
+    <t>18,027</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>13,3269</t>
+    <t>13,8207</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
-    <t>4,8286</t>
+    <t>5,0075</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,3737</t>
+    <t>6,6099</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>French Polynesia</t>
   </si>
   <si>
-    <t>14,0029</t>
+    <t>14,5218</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,6697</t>
+    <t>3,8057</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre and Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
-    <t>11,3955</t>
+    <t>11,8177</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
   <si>
-    <t>24,9155</t>
+    <t>25,8388</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
-    <t>6,4896</t>
+    <t>6,7301</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>10,816</t>
+    <t>11,2168</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>7,0111</t>
+    <t>7,2709</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>11,6659</t>
+    <t>12,0981</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somalia</t>
   </si>
   <si>
-    <t>15,548</t>
+    <t>16,1242</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome and Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Syrian Arab Republic</t>
   </si>
   <si>
-    <t>13,7132</t>
+    <t>14,2213</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Swaziland</t>
   </si>
   <si>
-    <t>13,211</t>
+    <t>13,7006</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
-    <t>12,4384</t>
+    <t>12,8993</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
-    <t>12,9406</t>
+    <t>13,4201</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
-    <t>4,4423</t>
+    <t>4,6069</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>1,5451</t>
+    <t>1,6024</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
-    <t>19,3143</t>
+    <t>20,03</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>United Republic of Tanzania</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>British Virgin Islands</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>19,1598</t>
+    <t>19,8698</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,1251</t>
+    <t>11,5373</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks and Caicos Islands</t>
   </si>