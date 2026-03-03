--- v1 (2025-12-21)
+++ v2 (2026-03-03)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sequence Number</t>
   </si>
   <si>
     <t>Country Code</t>
   </si>
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Unit Amount (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,8733</t>
+    <t>9,0639</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>5,2078</t>
+    <t>5,3197</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
-    <t>10,4156</t>
+    <t>10,6394</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
-    <t>13,1597</t>
+    <t>13,4425</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>12,018</t>
+    <t>12,2762</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>9,8147</t>
+    <t>10,0256</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>5,6485</t>
+    <t>5,7698</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
-    <t>17,0255</t>
+    <t>17,3913</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
-    <t>5,4081</t>
+    <t>5,5243</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,6159</t>
+    <t>10,844</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>14,021</t>
+    <t>14,3223</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>8,2123</t>
+    <t>8,3887</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
-    <t>3,2048</t>
+    <t>3,2737</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>11,2969</t>
+    <t>11,5396</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,6189</t>
+    <t>12,89</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,6174</t>
+    <t>11,867</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
-    <t>14,8222</t>
+    <t>15,1407</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>3,2248</t>
+    <t>3,2941</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,3065</t>
+    <t>4,399</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Democratic Republic of the Congo</t>
   </si>
   <si>
-    <t>118,1773</t>
+    <t>120,7161</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Congo</t>
   </si>
   <si>
-    <t>7,8117</t>
+    <t>7,9795</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>7,5113</t>
+    <t>7,6726</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Cote d'Ivoire</t>
   </si>
   <si>
-    <t>8,5909</t>
+    <t>8,7754</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
-    <t>6,8102</t>
+    <t>6,9565</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>4,8072</t>
+    <t>4,9105</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>6,2093</t>
+    <t>6,3427</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
-    <t>18,2674</t>
+    <t>18,6598</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>3,6054</t>
+    <t>3,6829</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
-    <t>7,2108</t>
+    <t>7,3657</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>12,3585</t>
+    <t>12,624</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Djibouti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>4,0461</t>
+    <t>4,133</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominica</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
-    <t>7,4111</t>
+    <t>7,5703</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
-    <t>17,6264</t>
+    <t>18,0051</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>8,6129</t>
+    <t>8,798</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>10,2153</t>
+    <t>10,4348</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritrea</t>
   </si>
   <si>
-    <t>11,2769</t>
+    <t>11,5192</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>8,0721</t>
+    <t>8,2455</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>9,4141</t>
+    <t>9,6164</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,8267</t>
+    <t>18,2097</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Islands (Malvinas)</t>
   </si>
   <si>
-    <t>11,0165</t>
+    <t>11,2532</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Micronesia, Federated States of</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Islands</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>9,0135</t>
+    <t>9,2072</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>13,0195</t>
+    <t>13,2992</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
-    <t>12,9194</t>
+    <t>13,1969</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Gibraltar</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Greenland</t>
   </si>
   <si>
-    <t>2,4036</t>
+    <t>2,4552</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambia</t>
   </si>
   <si>
-    <t>9,9549</t>
+    <t>10,1688</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
-    <t>16,024</t>
+    <t>16,3683</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,8282</t>
+    <t>19,2327</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Equatorial Guinea</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>8,012</t>
+    <t>8,1841</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
-    <t>15,8438</t>
+    <t>16,1841</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>11,4171</t>
+    <t>11,6624</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>6,4096</t>
+    <t>6,5473</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>9,2138</t>
+    <t>9,4118</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>7,6114</t>
+    <t>7,7749</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
-    <t>14,4216</t>
+    <t>14,7315</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
-    <t>8,3325</t>
+    <t>8,5115</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,6745</t>
+    <t>9,8824</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Comoros</t>
   </si>
   <si>
-    <t>9,1537</t>
+    <t>9,3504</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts and Nevis</t>
   </si>
   <si>
-    <t>12,2183</t>
+    <t>12,4808</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Korea, Democratic People's Republic of</t>
   </si>
   <si>
-    <t>13,981</t>
+    <t>14,2813</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
-    <t>4,2063</t>
+    <t>4,2967</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Islands</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,6144</t>
+    <t>9,821</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>7,0105</t>
+    <t>7,1611</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monaco</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
-    <t>5,6084</t>
+    <t>5,7289</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagascar</t>
   </si>
   <si>
-    <t>10,8162</t>
+    <t>11,0486</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marshall Islands</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Macedonia, the Former Yugoslav Republic of</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinique</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Mauritania</t>
   </si>
   <si>
-    <t>24,0361</t>
+    <t>24,5524</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>19,0686</t>
+    <t>19,4783</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>4,8473</t>
+    <t>4,9514</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>New Caledonia</t>
   </si>
   <si>
-    <t>23,3751</t>
+    <t>23,8772</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Niger</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
-    <t>3,4051</t>
+    <t>3,4783</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>13,2198</t>
+    <t>13,5038</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>7,5513</t>
+    <t>7,7136</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>18,027</t>
+    <t>18,4143</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>13,8207</t>
+    <t>14,1176</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
-    <t>5,0075</t>
+    <t>5,1151</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,6099</t>
+    <t>6,7519</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>French Polynesia</t>
   </si>
   <si>
-    <t>14,5218</t>
+    <t>14,8338</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,8057</t>
+    <t>3,8875</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre and Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
-    <t>11,8177</t>
+    <t>12,0716</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
   <si>
-    <t>25,8388</t>
+    <t>26,3939</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
-    <t>6,7301</t>
+    <t>6,8747</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>11,2168</t>
+    <t>11,4578</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>7,2709</t>
+    <t>7,4271</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>12,0981</t>
+    <t>12,3581</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somalia</t>
   </si>
   <si>
-    <t>16,1242</t>
+    <t>16,4706</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome and Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Syrian Arab Republic</t>
   </si>
   <si>
-    <t>14,2213</t>
+    <t>14,5269</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Swaziland</t>
   </si>
   <si>
-    <t>13,7006</t>
+    <t>13,9949</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
-    <t>12,8993</t>
+    <t>13,1765</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
-    <t>13,4201</t>
+    <t>13,7084</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
-    <t>4,6069</t>
+    <t>4,7059</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>1,6024</t>
+    <t>1,6368</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
-    <t>20,03</t>
+    <t>20,4604</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>United Republic of Tanzania</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>British Virgin Islands</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>19,8698</t>
+    <t>20,2967</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,5373</t>
+    <t>11,7852</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks and Caicos Islands</t>
   </si>