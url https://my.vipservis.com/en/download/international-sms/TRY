--- v2 (2026-03-03)
+++ v3 (2026-03-05)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sequence Number</t>
   </si>
   <si>
     <t>Country Code</t>
   </si>
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Unit Amount (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>9,0639</t>
+    <t>9,0686</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>5,3197</t>
+    <t>5,3224</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
-    <t>10,6394</t>
+    <t>10,6448</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
-    <t>13,4425</t>
+    <t>13,4493</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>12,2762</t>
+    <t>12,2825</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>10,0256</t>
+    <t>10,0307</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>5,7698</t>
+    <t>5,7728</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
-    <t>17,3913</t>
+    <t>17,4002</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
-    <t>5,5243</t>
+    <t>5,5271</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,844</t>
+    <t>10,8495</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>14,3223</t>
+    <t>14,3296</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>8,3887</t>
+    <t>8,393</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
-    <t>3,2737</t>
+    <t>3,2753</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>11,5396</t>
+    <t>11,5455</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,89</t>
+    <t>12,8966</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,867</t>
+    <t>11,8731</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
-    <t>15,1407</t>
+    <t>15,1484</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>3,2941</t>
+    <t>3,2958</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,399</t>
+    <t>4,4012</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Democratic Republic of the Congo</t>
   </si>
   <si>
-    <t>120,7161</t>
+    <t>120,7779</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Congo</t>
   </si>
   <si>
-    <t>7,9795</t>
+    <t>7,9836</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>7,6726</t>
+    <t>7,6766</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Cote d'Ivoire</t>
   </si>
   <si>
-    <t>8,7754</t>
+    <t>8,7799</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
-    <t>6,9565</t>
+    <t>6,9601</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>4,9105</t>
+    <t>4,913</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>6,3427</t>
+    <t>6,346</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
-    <t>18,6598</t>
+    <t>18,6694</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>3,6829</t>
+    <t>3,6847</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
-    <t>7,3657</t>
+    <t>7,3695</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>12,624</t>
+    <t>12,6305</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Djibouti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>4,133</t>
+    <t>4,1351</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominica</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
-    <t>7,5703</t>
+    <t>7,5742</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
-    <t>18,0051</t>
+    <t>18,0143</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>8,798</t>
+    <t>8,8025</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>10,4348</t>
+    <t>10,4401</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritrea</t>
   </si>
   <si>
-    <t>11,5192</t>
+    <t>11,5251</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>8,2455</t>
+    <t>8,2497</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>9,6164</t>
+    <t>9,6213</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>18,2097</t>
+    <t>18,219</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Islands (Malvinas)</t>
   </si>
   <si>
-    <t>11,2532</t>
+    <t>11,259</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Micronesia, Federated States of</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Islands</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>9,2072</t>
+    <t>9,2119</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>13,2992</t>
+    <t>13,306</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
-    <t>13,1969</t>
+    <t>13,2037</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Gibraltar</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Greenland</t>
   </si>
   <si>
-    <t>2,4552</t>
+    <t>2,4565</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambia</t>
   </si>
   <si>
-    <t>10,1688</t>
+    <t>10,174</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
-    <t>16,3683</t>
+    <t>16,3767</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>19,2327</t>
+    <t>19,2426</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Equatorial Guinea</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>8,1841</t>
+    <t>8,1883</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
-    <t>16,1841</t>
+    <t>16,1924</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>11,6624</t>
+    <t>11,6684</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>6,5473</t>
+    <t>6,5507</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>9,4118</t>
+    <t>9,4166</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>7,7749</t>
+    <t>7,7789</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
-    <t>14,7315</t>
+    <t>14,739</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
-    <t>8,5115</t>
+    <t>8,5159</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,8824</t>
+    <t>9,8874</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Comoros</t>
   </si>
   <si>
-    <t>9,3504</t>
+    <t>9,3552</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts and Nevis</t>
   </si>
   <si>
-    <t>12,4808</t>
+    <t>12,4872</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Korea, Democratic People's Republic of</t>
   </si>
   <si>
-    <t>14,2813</t>
+    <t>14,2886</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
-    <t>4,2967</t>
+    <t>4,2989</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Islands</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,821</t>
+    <t>9,826</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>7,1611</t>
+    <t>7,1648</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monaco</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
-    <t>5,7289</t>
+    <t>5,7318</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagascar</t>
   </si>
   <si>
-    <t>11,0486</t>
+    <t>11,0542</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marshall Islands</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Macedonia, the Former Yugoslav Republic of</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinique</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Mauritania</t>
   </si>
   <si>
-    <t>24,5524</t>
+    <t>24,565</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>19,4783</t>
+    <t>19,4882</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>4,9514</t>
+    <t>4,9539</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>New Caledonia</t>
   </si>
   <si>
-    <t>23,8772</t>
+    <t>23,8895</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Niger</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
-    <t>3,4783</t>
+    <t>3,48</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>13,5038</t>
+    <t>13,5107</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>7,7136</t>
+    <t>7,7175</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>18,4143</t>
+    <t>18,4237</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>14,1176</t>
+    <t>14,1249</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
-    <t>5,1151</t>
+    <t>5,1177</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,7519</t>
+    <t>6,7554</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>French Polynesia</t>
   </si>
   <si>
-    <t>14,8338</t>
+    <t>14,8414</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,8875</t>
+    <t>3,8895</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre and Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
-    <t>12,0716</t>
+    <t>12,0778</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
   <si>
-    <t>26,3939</t>
+    <t>26,4074</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
-    <t>6,8747</t>
+    <t>6,8782</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>11,4578</t>
+    <t>11,4637</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>7,4271</t>
+    <t>7,4309</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>12,3581</t>
+    <t>12,3644</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somalia</t>
   </si>
   <si>
-    <t>16,4706</t>
+    <t>16,479</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome and Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Syrian Arab Republic</t>
   </si>
   <si>
-    <t>14,5269</t>
+    <t>14,5343</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Swaziland</t>
   </si>
   <si>
-    <t>13,9949</t>
+    <t>14,002</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
-    <t>13,1765</t>
+    <t>13,1832</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
-    <t>13,7084</t>
+    <t>13,7155</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
-    <t>4,7059</t>
+    <t>4,7083</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>1,6368</t>
+    <t>1,6377</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
-    <t>20,4604</t>
+    <t>20,4708</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>United Republic of Tanzania</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>British Virgin Islands</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>20,2967</t>
+    <t>20,3071</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,7852</t>
+    <t>11,7912</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks and Caicos Islands</t>
   </si>